--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,409 +12,551 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -678,1153 +820,1300 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2025</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1996</v>
+      </c>
+      <c r="I5">
+        <v>2005</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2025</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2005</v>
+      </c>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2025</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2025</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1995</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>93</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>90</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
         <v>2014</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...13 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H16">
+        <v>1997</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1994</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>98</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>110</v>
+      </c>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>32</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2007</v>
+      </c>
+      <c r="J18" t="s">
+        <v>33</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>116</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2010</v>
       </c>
-      <c r="H3">
+      <c r="I19">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J19" t="s">
+        <v>33</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>57</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>33</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>127</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>57</v>
+      </c>
+      <c r="O20" t="s">
+        <v>128</v>
+      </c>
+      <c r="P20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>78</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
-[...20 lines deleted...]
-      <c r="K4" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1995</v>
+      </c>
+      <c r="I21">
+        <v>2008</v>
+      </c>
+      <c r="J21" t="s">
+        <v>98</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>132</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>32</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
         <v>33</v>
       </c>
-      <c r="L4" t="s">
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>138</v>
+      </c>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>139</v>
+      </c>
+      <c r="P22" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>32</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...40 lines deleted...]
-      <c r="L5" t="s">
+      <c r="H23">
+        <v>1995</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
+      <c r="J23" t="s">
+        <v>143</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>144</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>147</v>
+      </c>
+      <c r="B24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>78</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>32</v>
+      </c>
+      <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...155 lines deleted...]
-      <c r="G9">
+      <c r="H24">
+        <v>1995</v>
+      </c>
+      <c r="I24">
         <v>2016</v>
       </c>
-      <c r="H9">
-[...660 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N24" t="s">
-        <v>103</v>
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>