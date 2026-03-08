--- v1 (2025-11-29)
+++ v2 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -183,50 +183,53 @@
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
@@ -383,50 +386,53 @@
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
@@ -834,51 +840,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1164,920 +1170,920 @@
       </c>
       <c r="P6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H7">
         <v>1997</v>
       </c>
       <c r="I7">
         <v>2005</v>
       </c>
       <c r="J7" t="s">
         <v>33</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>56</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2004</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>8</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9">
         <v>2025</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
         <v>33</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M10" t="s">
         <v>25</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>1995</v>
       </c>
       <c r="I11">
         <v>2017</v>
       </c>
       <c r="J11" t="s">
         <v>33</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M11" t="s">
         <v>25</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1995</v>
       </c>
       <c r="I12">
         <v>2018</v>
       </c>
       <c r="J12" t="s">
         <v>33</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>25</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2010</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
         <v>33</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M13" t="s">
         <v>25</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14">
         <v>2017</v>
       </c>
       <c r="J14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M14" t="s">
         <v>25</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2000</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M15" t="s">
         <v>25</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1997</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>33</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M16" t="s">
         <v>25</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H17">
         <v>1994</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M17" t="s">
         <v>25</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H18">
         <v>2002</v>
       </c>
       <c r="I18">
         <v>2007</v>
       </c>
       <c r="J18" t="s">
         <v>33</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M18" t="s">
         <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="H19">
         <v>2010</v>
       </c>
       <c r="I19">
         <v>2016</v>
       </c>
       <c r="J19" t="s">
         <v>33</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="M19" t="s">
         <v>25</v>
       </c>
       <c r="N19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="O19" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P19" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B20" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>33</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="O20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="P20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1995</v>
       </c>
       <c r="I21">
         <v>2008</v>
       </c>
       <c r="J21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="P21" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
         <v>33</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="P22" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B23" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1995</v>
       </c>
       <c r="I23">
         <v>2010</v>
       </c>
       <c r="J23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1995</v>
       </c>
       <c r="I24">
         <v>2016</v>
       </c>
       <c r="J24" t="s">
         <v>33</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="P24" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">