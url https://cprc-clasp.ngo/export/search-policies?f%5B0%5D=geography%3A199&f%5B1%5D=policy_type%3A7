--- v0 (2025-10-13)
+++ v1 (2026-03-08)
@@ -12,345 +12,451 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -614,793 +720,892 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
-      </c>
-[...77 lines deleted...]
-        <v>29</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-        <v>35</v>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...3 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...6 lines deleted...]
-      <c r="I6" t="s">
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...5 lines deleted...]
-      <c r="L6" t="s">
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>67</v>
+      </c>
+      <c r="H8">
+        <v>1994</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2007</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...15 lines deleted...]
-      <c r="L7" t="s">
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2008</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13">
+        <v>1995</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>60</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...12 lines deleted...]
-      <c r="E8" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8">
+      <c r="D15" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>1995</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2014</v>
       </c>
-      <c r="I8" t="s">
-[...91 lines deleted...]
-      <c r="K10" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>59</v>
       </c>
-      <c r="L10" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="K16" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N16" t="s">
-        <v>82</v>
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>