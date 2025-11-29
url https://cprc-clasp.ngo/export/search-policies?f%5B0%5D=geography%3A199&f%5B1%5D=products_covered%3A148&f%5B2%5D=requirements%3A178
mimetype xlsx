--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,176 +12,195 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -445,239 +464,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="98" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="367.91" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
-[...8 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...26 lines deleted...]
-      <c r="K3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...6 lines deleted...]
-        <v>28</v>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>