--- v0 (2025-10-14)
+++ v1 (2026-01-28)
@@ -12,238 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -507,403 +553,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
+        <v>2005</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...7 lines deleted...]
-        <v>29</v>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
         <v>2025</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
         <v>32</v>
       </c>
-      <c r="J4" t="s">
+      <c r="N5" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>33</v>
       </c>
-      <c r="L4" t="s">
-[...6 lines deleted...]
-        <v>35</v>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
         <v>2016</v>
       </c>
-      <c r="H5">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
         <v>32</v>
       </c>
-      <c r="J5" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>46</v>
+        <v>33</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>