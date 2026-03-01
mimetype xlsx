--- v0 (2025-10-13)
+++ v1 (2026-03-01)
@@ -12,200 +12,237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -469,371 +506,410 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="87" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="116" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="594.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1996</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1996</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L4" t="s">
         <v>25</v>
       </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2005</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-[...5 lines deleted...]
-      <c r="K3" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>46</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...138 lines deleted...]
-        <v>36</v>
+      <c r="O6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>