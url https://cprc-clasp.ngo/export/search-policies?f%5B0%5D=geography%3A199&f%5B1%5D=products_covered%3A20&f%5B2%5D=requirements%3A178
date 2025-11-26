--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,191 +12,213 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
   </si>
   <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -460,283 +482,310 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="88" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="116" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="461.173" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>1998</v>
       </c>
-      <c r="H3">
+      <c r="I4">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...56 lines deleted...]
-        <v>33</v>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>