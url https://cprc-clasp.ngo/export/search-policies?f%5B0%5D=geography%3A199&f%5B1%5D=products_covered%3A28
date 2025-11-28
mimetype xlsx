--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,341 +12,430 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -610,751 +699,844 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>1997</v>
+      </c>
+      <c r="I4">
+        <v>2005</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...76 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
+        <v>43</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2025</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
         <v>37</v>
       </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
         <v>2025</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...9 lines deleted...]
-        <v>41</v>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>43</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="H8">
+        <v>1994</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
         <v>43</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>1999</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>65</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>43</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11">
+        <v>1994</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>65</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>68</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
+        <v>65</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>66</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>68</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>68</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
         <v>2016</v>
       </c>
-      <c r="H6">
-[...394 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="M15" t="s">
         <v>36</v>
       </c>
       <c r="N15" t="s">
-        <v>80</v>
+        <v>43</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>