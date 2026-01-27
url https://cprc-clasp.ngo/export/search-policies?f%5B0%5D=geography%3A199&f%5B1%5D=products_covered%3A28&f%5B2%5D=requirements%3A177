--- v0 (2025-11-27)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -142,66 +142,69 @@
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
+    <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...13 lines deleted...]
-    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
@@ -214,50 +217,53 @@
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
     <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -584,51 +590,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -806,224 +812,224 @@
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="H5">
         <v>2004</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>8</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>37</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>43</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
       <c r="I8">
         <v>2016</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>43</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">