--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,242 +12,291 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,457 +560,508 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="95" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="473.027" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1999</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I5">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>34</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...43 lines deleted...]
-      <c r="M4" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
         <v>34</v>
       </c>
-    </row>
-[...171 lines deleted...]
-        <v>50</v>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>