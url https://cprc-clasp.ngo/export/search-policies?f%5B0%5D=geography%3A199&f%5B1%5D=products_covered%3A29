--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,421 +12,578 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -690,1287 +847,1448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2022</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
         <v>2012</v>
       </c>
-      <c r="H2">
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>53</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>53</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>53</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>53</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>51</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>53</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1998</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>51</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>53</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>74</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>51</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>100</v>
+      </c>
+      <c r="M15" t="s">
+        <v>53</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>51</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>53</v>
+      </c>
+      <c r="N16" t="s">
+        <v>106</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2004</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>51</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" t="s">
+        <v>53</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>51</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>111</v>
+      </c>
+      <c r="M18" t="s">
+        <v>53</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" t="s">
+        <v>49</v>
+      </c>
+      <c r="F19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2004</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>51</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>64</v>
+      </c>
+      <c r="M19" t="s">
+        <v>53</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>120</v>
+      </c>
+      <c r="P19" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>51</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>124</v>
+      </c>
+      <c r="M20" t="s">
+        <v>53</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>51</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>53</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>51</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>134</v>
+      </c>
+      <c r="M22" t="s">
+        <v>53</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" t="s">
+        <v>50</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>139</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>140</v>
+      </c>
+      <c r="M23" t="s">
+        <v>141</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" t="s">
+        <v>50</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>51</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>146</v>
+      </c>
+      <c r="M24" t="s">
+        <v>53</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>139</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>141</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25"/>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>153</v>
+      </c>
+      <c r="B26" t="s">
+        <v>154</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>49</v>
+      </c>
+      <c r="F26" t="s">
+        <v>50</v>
+      </c>
+      <c r="G26" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>139</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>155</v>
+      </c>
+      <c r="M26" t="s">
+        <v>141</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>156</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...13 lines deleted...]
-      <c r="A3" t="s">
+      <c r="G27" t="s">
+        <v>43</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>51</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>159</v>
+      </c>
+      <c r="M27" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...1082 lines deleted...]
-      </c>
       <c r="N27" t="s">
-        <v>109</v>
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>160</v>
+      </c>
+      <c r="P27" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>