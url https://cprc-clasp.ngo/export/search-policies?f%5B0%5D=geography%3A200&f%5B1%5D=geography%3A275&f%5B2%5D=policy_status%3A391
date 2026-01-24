--- v0 (2025-10-13)
+++ v1 (2026-01-24)
@@ -12,290 +12,363 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -559,679 +632,760 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="214" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="214.662" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2002</v>
       </c>
-      <c r="H2">
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s">
+        <v>49</v>
+      </c>
+      <c r="L8" t="s">
+        <v>50</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
+        <v>49</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>39</v>
+      </c>
+      <c r="K10" t="s">
+        <v>49</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>39</v>
+      </c>
+      <c r="K11" t="s">
+        <v>49</v>
+      </c>
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>39</v>
+      </c>
+      <c r="K12" t="s">
+        <v>49</v>
+      </c>
+      <c r="L12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...8 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K13" t="s">
+        <v>49</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...464 lines deleted...]
-        <v>66</v>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>