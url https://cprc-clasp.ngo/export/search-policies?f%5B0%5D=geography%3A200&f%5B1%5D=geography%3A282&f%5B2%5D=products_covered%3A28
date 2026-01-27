--- v0 (2025-11-13)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -372,53 +372,50 @@
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
   </si>
   <si>
     <t>Nicaragua</t>
@@ -769,51 +766,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1627,134 +1624,134 @@
       </c>
       <c r="L17" t="s">
         <v>115</v>
       </c>
       <c r="M17" t="s">
         <v>97</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>116</v>
       </c>
       <c r="P17" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>118</v>
       </c>
       <c r="B18" t="s">
         <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>80</v>
       </c>
       <c r="G18" t="s">
         <v>103</v>
       </c>
       <c r="H18">
         <v>2025</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
         <v>126</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>80</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2010</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">