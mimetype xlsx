--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -12,499 +12,674 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -768,1363 +943,1540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2000</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>1996</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1997</v>
+      </c>
+      <c r="I6">
         <v>2021</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2008</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2020</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="N7" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>62</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="D8" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8">
         <v>2009</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
         <v>57</v>
       </c>
-      <c r="L8" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
         <v>2010</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F10" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10">
         <v>2009</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11">
         <v>2011</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>73</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>73</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>73</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...38 lines deleted...]
-      <c r="J12" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>59</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...31 lines deleted...]
-      <c r="G13">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>120</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>106</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>106</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>106</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2006</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>112</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>105</v>
+      </c>
+      <c r="M19" t="s">
+        <v>106</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2012</v>
       </c>
-      <c r="H13"/>
-[...3 lines deleted...]
-      <c r="J13" t="s">
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>120</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...23 lines deleted...]
-      <c r="E14" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14">
+      <c r="D22" t="s">
+        <v>154</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
         <v>2020</v>
       </c>
-      <c r="I14" t="s">
-[...2 lines deleted...]
-      <c r="J14" t="s">
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>155</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>62</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>160</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...25 lines deleted...]
-      <c r="E15" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>112</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>106</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>163</v>
+      </c>
+      <c r="B24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15">
+      <c r="D24" t="s">
+        <v>165</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
         <v>2020</v>
       </c>
-      <c r="I15" t="s">
-[...2 lines deleted...]
-      <c r="J15" t="s">
+      <c r="J24" t="s">
+        <v>59</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>166</v>
+      </c>
+      <c r="M24" t="s">
+        <v>106</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>169</v>
+      </c>
+      <c r="B25" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>171</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...25 lines deleted...]
-      <c r="E16" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>59</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>172</v>
+      </c>
+      <c r="M25" t="s">
+        <v>106</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>173</v>
+      </c>
+      <c r="P25" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
       </c>
-      <c r="F16" t="s">
-[...5 lines deleted...]
-      <c r="H16">
+      <c r="D26" t="s">
+        <v>138</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2001</v>
+      </c>
+      <c r="I26">
         <v>2020</v>
       </c>
-      <c r="I16" t="s">
-[...31 lines deleted...]
-      <c r="E17" t="s">
+      <c r="J26" t="s">
+        <v>112</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>105</v>
+      </c>
+      <c r="M26" t="s">
+        <v>106</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
         <v>18</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17">
+      <c r="D27" t="s">
+        <v>165</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1998</v>
+      </c>
+      <c r="I27">
         <v>2020</v>
       </c>
-      <c r="I17" t="s">
-[...2 lines deleted...]
-      <c r="J17" t="s">
+      <c r="J27" t="s">
+        <v>59</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
+      <c r="M27" t="s">
+        <v>106</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>138</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...25 lines deleted...]
-      <c r="E18" t="s">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>112</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>105</v>
+      </c>
+      <c r="M28" t="s">
+        <v>106</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
         <v>18</v>
       </c>
-      <c r="F18" t="s">
-[...5 lines deleted...]
-      <c r="H18">
+      <c r="D29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
         <v>2020</v>
       </c>
-      <c r="I18" t="s">
-[...93 lines deleted...]
-      <c r="K20" t="s">
+      <c r="J29" t="s">
+        <v>112</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
         <v>105</v>
       </c>
-      <c r="L20" t="s">
-[...5 lines deleted...]
-      <c r="N20" t="s">
+      <c r="M29" t="s">
         <v>106</v>
       </c>
-    </row>
-[...387 lines deleted...]
-      </c>
       <c r="N29" t="s">
-        <v>133</v>
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>190</v>
+      </c>
+      <c r="P29" t="s">
+        <v>191</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>