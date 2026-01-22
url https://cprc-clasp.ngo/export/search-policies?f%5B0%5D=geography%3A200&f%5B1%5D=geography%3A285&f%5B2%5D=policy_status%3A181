--- v1 (2025-11-27)
+++ v2 (2026-01-22)
@@ -12,636 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
-[...584 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -943,1507 +358,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P29"/>
+  <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
-[...14 lines deleted...]
-    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
   </cols>
-  <sheetData>
-[...1430 lines deleted...]
-  </sheetData>
+  <sheetData/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>