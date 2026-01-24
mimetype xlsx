--- v0 (2025-10-14)
+++ v1 (2026-01-24)
@@ -12,596 +12,744 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -865,1855 +1013,2104 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1998</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2008</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2010</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...31 lines deleted...]
-      <c r="G4">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2002</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2008</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>34</v>
       </c>
-    </row>
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2008</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2006</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...31 lines deleted...]
-      <c r="G6">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2007</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...13 lines deleted...]
-      <c r="A7" t="s">
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>44</v>
       </c>
-      <c r="B7" t="s">
-[...14 lines deleted...]
-      <c r="G7">
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
         <v>2009</v>
       </c>
-      <c r="H7"/>
-[...3 lines deleted...]
-      <c r="J7" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>34</v>
+      </c>
+      <c r="O12" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...29 lines deleted...]
-      <c r="G8">
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H8"/>
-[...50 lines deleted...]
-      <c r="K9" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>85</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>86</v>
+      </c>
+      <c r="P13" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>87</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>54</v>
       </c>
-      <c r="L9" t="s">
-[...197 lines deleted...]
-        <v>2002</v>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2002</v>
       </c>
-      <c r="I14" t="s">
-        <v>20</v>
+      <c r="I14">
+        <v>2002</v>
       </c>
       <c r="J14" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="L14" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="C15" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>1998</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2009</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="L15" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="M15" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N15" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
-      <c r="I16" t="s">
-        <v>20</v>
+      <c r="I16">
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>99</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>34</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...31 lines deleted...]
-      <c r="G17">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2011</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2015</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>104</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>105</v>
+      </c>
+      <c r="P17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>85</v>
+      </c>
+      <c r="L18" t="s">
+        <v>109</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>110</v>
+      </c>
+      <c r="P18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>85</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>113</v>
+      </c>
+      <c r="P19" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
         <v>84</v>
       </c>
-      <c r="J17" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>116</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>117</v>
+      </c>
+      <c r="P20" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
         <v>85</v>
       </c>
-      <c r="L17" t="s">
-[...119 lines deleted...]
-      <c r="J20" t="s">
+      <c r="L22" t="s">
+        <v>125</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>126</v>
+      </c>
+      <c r="P22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...38 lines deleted...]
-      <c r="J21" t="s">
+      <c r="G23" t="s">
+        <v>55</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>130</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>131</v>
+      </c>
+      <c r="P23" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>132</v>
+      </c>
+      <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>134</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...116 lines deleted...]
-        <v>2002</v>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
-      <c r="I24" t="s">
-        <v>20</v>
+      <c r="I24">
+        <v>2002</v>
       </c>
       <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>135</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>136</v>
+      </c>
+      <c r="P24" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>137</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>139</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...31 lines deleted...]
-      <c r="G25">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>1999</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2009</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>140</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>141</v>
+      </c>
+      <c r="P25" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>142</v>
+      </c>
+      <c r="B26" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>144</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...31 lines deleted...]
-      <c r="G26">
+      <c r="G26" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26">
         <v>2004</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>145</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>146</v>
+      </c>
+      <c r="P26" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>147</v>
+      </c>
+      <c r="B27" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>43</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...31 lines deleted...]
-      <c r="G27">
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27">
         <v>2002</v>
       </c>
-      <c r="H27"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>149</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>150</v>
+      </c>
+      <c r="P27" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>151</v>
+      </c>
+      <c r="B28" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>54</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>85</v>
+      </c>
+      <c r="L28" t="s">
+        <v>153</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>154</v>
+      </c>
+      <c r="P28" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>155</v>
+      </c>
+      <c r="B29" t="s">
+        <v>156</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>89</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>54</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>157</v>
+      </c>
+      <c r="P29" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>158</v>
+      </c>
+      <c r="B30" t="s">
+        <v>159</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>160</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...118 lines deleted...]
-        <v>2002</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2002</v>
       </c>
-      <c r="I30" t="s">
-        <v>20</v>
+      <c r="I30">
+        <v>2002</v>
       </c>
       <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>161</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>34</v>
+      </c>
+      <c r="O30" t="s">
+        <v>162</v>
+      </c>
+      <c r="P30" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>163</v>
+      </c>
+      <c r="B31" t="s">
+        <v>164</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>165</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...31 lines deleted...]
-      <c r="G31">
+      <c r="G31" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31">
         <v>2009</v>
       </c>
-      <c r="H31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>65</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>166</v>
+      </c>
+      <c r="P31" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>167</v>
+      </c>
+      <c r="B32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>169</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>20</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>170</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>171</v>
+      </c>
+      <c r="P32" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>172</v>
+      </c>
+      <c r="B33" t="s">
+        <v>173</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>174</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K32" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
-      <c r="I33" t="s">
-        <v>20</v>
+      <c r="I33">
+        <v>2012</v>
       </c>
       <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>175</v>
+      </c>
+      <c r="P33" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>176</v>
+      </c>
+      <c r="B34" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>178</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K33"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>20</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>179</v>
+      </c>
+      <c r="P34" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>180</v>
+      </c>
+      <c r="B35" t="s">
+        <v>181</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>182</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...11 lines deleted...]
-      <c r="A35" t="s">
+      <c r="G35" t="s">
+        <v>55</v>
+      </c>
+      <c r="H35">
+        <v>2004</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>183</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>184</v>
+      </c>
+      <c r="P35" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
+        <v>187</v>
+      </c>
+      <c r="D36" t="s">
         <v>144</v>
       </c>
-      <c r="B35" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>44</v>
+      </c>
+      <c r="G36" t="s">
+        <v>55</v>
+      </c>
+      <c r="H36">
         <v>2009</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="K36" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>152</v>
+        <v>189</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="N36" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>191</v>
+      </c>
+      <c r="P36" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>154</v>
+        <v>193</v>
       </c>
       <c r="B37" t="s">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="C37" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E37" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>44</v>
+      </c>
+      <c r="G37" t="s">
+        <v>55</v>
+      </c>
+      <c r="H37">
         <v>2010</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="N37" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>195</v>
+      </c>
+      <c r="P37" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>156</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>149</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>116</v>
+        <v>187</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="E38" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>44</v>
+      </c>
+      <c r="G38" t="s">
+        <v>55</v>
+      </c>
+      <c r="H38">
         <v>2009</v>
       </c>
-      <c r="H38"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="K38" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>152</v>
+        <v>199</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="N38" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>200</v>
+      </c>
+      <c r="P38" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="B39" t="s">
-        <v>149</v>
+        <v>203</v>
       </c>
       <c r="C39" t="s">
-        <v>160</v>
+        <v>187</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="E39" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
         <v>2011</v>
       </c>
-      <c r="H39"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>205</v>
       </c>
       <c r="K39" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>152</v>
+        <v>206</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="N39" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>207</v>
+      </c>
+      <c r="P39" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>164</v>
+        <v>209</v>
       </c>
       <c r="B40" t="s">
-        <v>149</v>
+        <v>210</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>187</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E40" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>44</v>
+      </c>
+      <c r="G40" t="s">
+        <v>55</v>
+      </c>
+      <c r="H40">
         <v>2010</v>
       </c>
-      <c r="H40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="K40" t="s">
-        <v>165</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>152</v>
+        <v>211</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="N40" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>212</v>
+      </c>
+      <c r="P40" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="B41" t="s">
-        <v>149</v>
+        <v>215</v>
       </c>
       <c r="C41" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E41" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>44</v>
+      </c>
+      <c r="G41" t="s">
+        <v>55</v>
+      </c>
+      <c r="H41">
         <v>2012</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="N41" t="s">
-        <v>168</v>
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>216</v>
+      </c>
+      <c r="P41" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>