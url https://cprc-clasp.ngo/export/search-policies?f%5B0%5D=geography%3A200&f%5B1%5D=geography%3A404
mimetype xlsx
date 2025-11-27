--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,248 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,437 +566,488 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="146.107" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F6" t="s">
         <v>34</v>
       </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...30 lines deleted...]
-      <c r="A5" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>38</v>
       </c>
-      <c r="B5" t="s">
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...155 lines deleted...]
-        <v>52</v>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>