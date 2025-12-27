--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
     <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
@@ -649,126 +652,126 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2019</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">