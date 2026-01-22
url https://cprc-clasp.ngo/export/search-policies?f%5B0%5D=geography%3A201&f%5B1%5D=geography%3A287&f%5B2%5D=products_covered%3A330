--- v0 (2025-11-07)
+++ v1 (2026-01-22)
@@ -12,174 +12,177 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
     <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
@@ -533,51 +536,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="437.607" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -617,55 +620,53 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
+      <c r="H2"/>
+      <c r="I2">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
@@ -711,122 +712,122 @@
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2021</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>32</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">