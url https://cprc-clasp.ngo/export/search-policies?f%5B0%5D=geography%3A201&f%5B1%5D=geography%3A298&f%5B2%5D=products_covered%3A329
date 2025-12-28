--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -62,84 +62,84 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
     <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
   </si>
@@ -590,51 +590,51 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>