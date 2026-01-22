--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -152,72 +152,75 @@
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
     <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
@@ -782,222 +785,222 @@
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2011</v>
       </c>
       <c r="I4">
         <v>2022</v>
       </c>
       <c r="J4" t="s">
         <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H6">
         <v>2019</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7">
         <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">