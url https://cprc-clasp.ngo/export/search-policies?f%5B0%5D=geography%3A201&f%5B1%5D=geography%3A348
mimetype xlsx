--- v0 (2025-10-11)
+++ v1 (2026-01-19)
@@ -12,299 +12,366 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -568,647 +635,728 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="103" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="437.607" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2005</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>33</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...4 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>33</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>41</v>
+      </c>
+      <c r="N9" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...24 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>41</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>40</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>41</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>41</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
         <v>30</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="N4" t="s">
-[...10 lines deleted...]
-      <c r="C5" t="s">
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>89</v>
+      </c>
+      <c r="M13" t="s">
+        <v>41</v>
+      </c>
+      <c r="N13" t="s">
         <v>25</v>
       </c>
-      <c r="D5" t="s">
-[...364 lines deleted...]
-        <v>69</v>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>