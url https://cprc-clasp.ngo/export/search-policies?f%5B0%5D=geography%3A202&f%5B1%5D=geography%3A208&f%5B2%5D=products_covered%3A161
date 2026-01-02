--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
@@ -292,50 +292,53 @@
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
     <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
   </si>
   <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
     <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
@@ -464,53 +467,50 @@
     <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -998,51 +998,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1454,507 +1454,507 @@
       </c>
       <c r="P9" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>89</v>
       </c>
       <c r="B10" t="s">
         <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>91</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10">
         <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
         <v>91</v>
       </c>
       <c r="D11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11">
         <v>2018</v>
       </c>
       <c r="J11" t="s">
         <v>76</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2017</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>76</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G13" t="s">
         <v>33</v>
       </c>
       <c r="H13">
         <v>2022</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>50</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H14">
         <v>2005</v>
       </c>
       <c r="I14">
         <v>2008</v>
       </c>
       <c r="J14" t="s">
         <v>34</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
         <v>75</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>50</v>
       </c>
       <c r="G15" t="s">
         <v>67</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>67</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
         <v>75</v>
       </c>
       <c r="E17" t="s">
         <v>66</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>67</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18" t="s">
         <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2010</v>
       </c>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>35</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E19" t="s">
         <v>66</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>76</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C20" t="s">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="D20" t="s">
         <v>41</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>42</v>
       </c>
       <c r="H20">
         <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>151</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>152</v>
@@ -1970,51 +1970,51 @@
       </c>
       <c r="P20" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>156</v>
       </c>
       <c r="B21" t="s">
         <v>157</v>
       </c>
       <c r="C21" t="s">
         <v>158</v>
       </c>
       <c r="D21" t="s">
         <v>159</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H21">
         <v>2018</v>
       </c>
       <c r="I21">
         <v>2019</v>
       </c>
       <c r="J21" t="s">
         <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>160</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
         <v>161</v>
       </c>
       <c r="P21" t="s">
         <v>162</v>
@@ -2055,268 +2055,268 @@
       <c r="L22"/>
       <c r="M22" t="s">
         <v>167</v>
       </c>
       <c r="N22" t="s">
         <v>168</v>
       </c>
       <c r="O22" t="s">
         <v>169</v>
       </c>
       <c r="P22" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>171</v>
       </c>
       <c r="B23" t="s">
         <v>172</v>
       </c>
       <c r="C23" t="s">
         <v>173</v>
       </c>
       <c r="D23" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>33</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>174</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>175</v>
       </c>
       <c r="P23" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>177</v>
       </c>
       <c r="B24" t="s">
         <v>178</v>
       </c>
       <c r="C24" t="s">
         <v>173</v>
       </c>
       <c r="D24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>33</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>174</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>179</v>
       </c>
       <c r="P24" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>181</v>
       </c>
       <c r="B25" t="s">
         <v>182</v>
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
         <v>85</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>183</v>
       </c>
       <c r="M25" t="s">
         <v>44</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>184</v>
       </c>
       <c r="P25" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>186</v>
       </c>
       <c r="B26" t="s">
         <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
         <v>85</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>188</v>
       </c>
       <c r="M26" t="s">
         <v>44</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>189</v>
       </c>
       <c r="P26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>191</v>
       </c>
       <c r="B27" t="s">
         <v>192</v>
       </c>
       <c r="C27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>193</v>
       </c>
       <c r="E27" t="s">
         <v>66</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2017</v>
       </c>
       <c r="J27" t="s">
         <v>194</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>195</v>
       </c>
       <c r="P27" t="s">
         <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>