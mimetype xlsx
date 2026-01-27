--- v0 (2025-10-12)
+++ v1 (2026-01-27)
@@ -12,197 +12,216 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -466,235 +485,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="91" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="362.054" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>35</v>
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>