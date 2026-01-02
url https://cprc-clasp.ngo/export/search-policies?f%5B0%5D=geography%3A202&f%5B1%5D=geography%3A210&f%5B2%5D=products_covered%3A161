--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...31 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -617,76 +620,76 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2018</v>
       </c>
       <c r="I3">
         <v>2019</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">