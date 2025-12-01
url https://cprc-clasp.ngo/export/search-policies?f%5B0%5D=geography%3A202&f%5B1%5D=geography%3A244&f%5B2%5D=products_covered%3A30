--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -12,197 +12,232 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -466,317 +501,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2017</v>
       </c>
-      <c r="H2">
-[...15 lines deleted...]
-      <c r="N2" t="s">
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...110 lines deleted...]
-        <v>35</v>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>