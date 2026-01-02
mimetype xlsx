--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -101,51 +101,51 @@
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
     <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
@@ -499,51 +499,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="362.054" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">