--- v0 (2025-11-27)
+++ v1 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -150,60 +150,63 @@
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
@@ -262,102 +265,102 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
     <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
@@ -955,808 +958,808 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>8</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7">
         <v>2022</v>
       </c>
       <c r="J7" t="s">
         <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>36</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
         <v>2022</v>
       </c>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
       <c r="I13">
         <v>2022</v>
       </c>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M13" t="s">
         <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2025</v>
       </c>
       <c r="J14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>36</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2018</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">