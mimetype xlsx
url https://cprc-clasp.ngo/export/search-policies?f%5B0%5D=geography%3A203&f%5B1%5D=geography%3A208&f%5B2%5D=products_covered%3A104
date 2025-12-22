--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,65 +132,65 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
@@ -493,50 +493,68 @@
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
@@ -969,65 +987,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P28"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1165,99 +1183,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1543,247 +1561,247 @@
       </c>
       <c r="P11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>94</v>
       </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
       <c r="C12" t="s">
         <v>96</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>90</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12">
         <v>2019</v>
       </c>
       <c r="J12" t="s">
         <v>97</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>99</v>
       </c>
       <c r="P12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>101</v>
       </c>
       <c r="B13" t="s">
         <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>103</v>
       </c>
       <c r="D13" t="s">
         <v>104</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>69</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2008</v>
       </c>
       <c r="J13" t="s">
         <v>53</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>105</v>
       </c>
       <c r="M13" t="s">
         <v>106</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>107</v>
       </c>
       <c r="P13" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>109</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>111</v>
       </c>
       <c r="D14" t="s">
         <v>112</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>69</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14">
         <v>2004</v>
       </c>
       <c r="I14">
         <v>2010</v>
       </c>
       <c r="J14" t="s">
         <v>78</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>113</v>
       </c>
       <c r="M14" t="s">
         <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>115</v>
       </c>
       <c r="P14" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>117</v>
       </c>
       <c r="B15" t="s">
         <v>118</v>
       </c>
       <c r="C15" t="s">
         <v>111</v>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15">
         <v>2012</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>119</v>
       </c>
       <c r="P15" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>117</v>
       </c>
       <c r="B16" t="s">
         <v>121</v>
       </c>
       <c r="C16" t="s">
         <v>111</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>90</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>122</v>
       </c>
       <c r="M16" t="s">
         <v>114</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>123</v>
       </c>
@@ -1973,51 +1991,51 @@
       </c>
       <c r="P20" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>147</v>
       </c>
       <c r="B21" t="s">
         <v>148</v>
       </c>
       <c r="C21" t="s">
         <v>149</v>
       </c>
       <c r="D21" t="s">
         <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>138</v>
       </c>
       <c r="F21" t="s">
         <v>90</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>97</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>150</v>
       </c>
       <c r="M21" t="s">
         <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>152</v>
       </c>
@@ -2053,324 +2071,368 @@
       <c r="I22"/>
       <c r="J22" t="s">
         <v>157</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>91</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>158</v>
       </c>
       <c r="P22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>159</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23"/>
       <c r="C23" t="s">
-        <v>161</v>
+        <v>89</v>
       </c>
       <c r="D23" t="s">
         <v>37</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="G23" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>160</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>97</v>
+        <v>161</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>162</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>163</v>
       </c>
       <c r="P23" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>165</v>
       </c>
       <c r="B24" t="s">
         <v>166</v>
       </c>
       <c r="C24" t="s">
         <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>168</v>
+        <v>37</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="G24" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="K24" t="s">
-        <v>169</v>
+        <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
+        <v>168</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
         <v>170</v>
-      </c>
-[...7 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>52</v>
       </c>
       <c r="H25">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>177</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
+        <v>176</v>
+      </c>
+      <c r="N25" t="s">
+        <v>177</v>
+      </c>
+      <c r="O25" t="s">
         <v>178</v>
       </c>
-      <c r="N25" t="s">
-[...2 lines deleted...]
-      <c r="O25" t="s">
+      <c r="P25" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
         <v>181</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" t="s">
         <v>182</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="G26" t="s">
         <v>52</v>
       </c>
       <c r="H26">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>177</v>
+      </c>
+      <c r="O26" t="s">
         <v>185</v>
       </c>
-      <c r="N26" t="s">
-[...2 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" t="s">
         <v>188</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>189</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" t="s">
+        <v>138</v>
+      </c>
+      <c r="F27" t="s">
+        <v>90</v>
+      </c>
+      <c r="G27" t="s">
+        <v>52</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>190</v>
       </c>
-      <c r="D27" t="s">
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
         <v>191</v>
       </c>
-      <c r="E27" t="s">
-[...20 lines deleted...]
-      <c r="L27" t="s">
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>192</v>
       </c>
-      <c r="M27" t="s">
+      <c r="P27" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
         <v>196</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>197</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>78</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
         <v>198</v>
       </c>
-      <c r="E28" t="s">
-[...14 lines deleted...]
-      <c r="J28" t="s">
+      <c r="M28" t="s">
         <v>199</v>
-      </c>
-[...5 lines deleted...]
-        <v>151</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>200</v>
       </c>
       <c r="P28" t="s">
         <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" t="s">
+        <v>149</v>
+      </c>
+      <c r="D29" t="s">
+        <v>204</v>
+      </c>
+      <c r="E29" t="s">
+        <v>138</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>38</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>205</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>151</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>206</v>
+      </c>
+      <c r="P29" t="s">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">