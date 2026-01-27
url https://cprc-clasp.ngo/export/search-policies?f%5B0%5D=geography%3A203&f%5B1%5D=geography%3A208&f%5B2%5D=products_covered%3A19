--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
@@ -305,50 +305,53 @@
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
     <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
   <si>
     <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
     <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
   <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
     <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
@@ -696,51 +699,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1196,126 +1199,126 @@
       </c>
       <c r="P10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>95</v>
       </c>
       <c r="D11" t="s">
         <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2014</v>
       </c>
       <c r="J11" t="s">
         <v>47</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>45</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12">
         <v>2017</v>
       </c>
       <c r="J12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>38</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">