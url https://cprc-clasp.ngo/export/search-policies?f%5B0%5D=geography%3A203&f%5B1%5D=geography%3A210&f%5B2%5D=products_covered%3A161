--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
@@ -493,51 +493,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="406.901" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">