--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,114 +132,117 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...19 lines deleted...]
-    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
@@ -583,55 +586,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="451.747" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="176.814" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -769,99 +772,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -915,120 +918,120 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>51</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H8">
         <v>2017</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">