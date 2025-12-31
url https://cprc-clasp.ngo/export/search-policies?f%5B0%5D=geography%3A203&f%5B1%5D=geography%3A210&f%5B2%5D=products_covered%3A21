--- v0 (2025-11-06)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,81 +80,84 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...28 lines deleted...]
-    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
@@ -633,120 +636,120 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2016</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">