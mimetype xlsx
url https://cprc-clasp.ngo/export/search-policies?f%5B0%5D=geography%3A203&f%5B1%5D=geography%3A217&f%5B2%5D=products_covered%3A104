--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -123,50 +123,74 @@
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
@@ -500,64 +524,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P4"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -674,90 +698,134 @@
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4"/>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>43</v>
       </c>
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>44</v>
       </c>
-      <c r="O4" t="s">
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
         <v>45</v>
       </c>
-      <c r="P4" t="s">
+      <c r="B5" t="s">
         <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>52</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">