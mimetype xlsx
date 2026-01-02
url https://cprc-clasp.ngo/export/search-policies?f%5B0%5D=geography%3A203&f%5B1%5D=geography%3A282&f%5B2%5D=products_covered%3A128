--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -224,66 +224,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
   </si>
   <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
     <t>This standard applies only to Electrical storage water hearters.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
     <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
   </si>
   <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
@@ -672,51 +675,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="451.747" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1102,270 +1105,270 @@
       </c>
       <c r="P8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>69</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>66</v>
       </c>
       <c r="G9" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="H9">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>66</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>66</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11">
         <v>2008</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
         <v>49</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>66</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N13" t="s">
         <v>42</v>
       </c>
       <c r="O13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">