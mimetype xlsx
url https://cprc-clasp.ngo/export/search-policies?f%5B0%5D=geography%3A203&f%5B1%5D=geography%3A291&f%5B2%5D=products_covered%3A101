--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -68,125 +68,125 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...25 lines deleted...]
-    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
@@ -536,51 +536,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="451.747" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="176.814" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -660,157 +660,157 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2018</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H4">
         <v>2016</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>50</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="H5">
         <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>43</v>
       </c>
       <c r="K5" t="s">
         <v>51</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>44</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>