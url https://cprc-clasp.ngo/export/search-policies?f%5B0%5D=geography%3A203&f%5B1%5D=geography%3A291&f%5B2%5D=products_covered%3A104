--- v0 (2025-11-10)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -121,50 +121,53 @@
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -617,169 +620,167 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">