--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -144,51 +144,51 @@
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -548,51 +548,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="406.901" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">