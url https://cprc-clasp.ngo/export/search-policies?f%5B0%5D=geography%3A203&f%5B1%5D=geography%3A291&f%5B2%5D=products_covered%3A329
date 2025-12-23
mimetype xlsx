--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -68,93 +68,93 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
@@ -516,55 +516,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="406.901" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -602,120 +602,120 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
       <c r="I2">
         <v>2024</v>
       </c>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">