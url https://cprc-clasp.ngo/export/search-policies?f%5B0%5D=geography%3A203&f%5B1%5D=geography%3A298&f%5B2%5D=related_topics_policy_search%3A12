--- v0 (2025-11-27)
+++ v1 (2026-01-26)
@@ -62,89 +62,89 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>