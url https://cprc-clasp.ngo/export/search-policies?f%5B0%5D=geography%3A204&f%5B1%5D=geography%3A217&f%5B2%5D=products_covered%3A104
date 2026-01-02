--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -125,60 +125,81 @@
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
     <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
   </si>
   <si>
     <t>Saint Lucia</t>
-  </si>
-[...1 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
     <t>https://www.slbs.org/product/slns-93-2015/</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
     <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
@@ -509,64 +530,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P5"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -683,136 +704,180 @@
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4"/>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>44</v>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">