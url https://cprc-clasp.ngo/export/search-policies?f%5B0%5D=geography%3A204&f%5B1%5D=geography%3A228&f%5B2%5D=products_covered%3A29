--- v0 (2025-10-10)
+++ v1 (2026-01-27)
@@ -12,341 +12,434 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -610,681 +703,768 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1999</v>
+      </c>
+      <c r="I6">
+        <v>2000</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>79</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>74</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>41</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...7 lines deleted...]
-        <v>28</v>
+      <c r="G13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...44 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G14" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="F5" t="s">
-[...384 lines deleted...]
-        <v>83</v>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>