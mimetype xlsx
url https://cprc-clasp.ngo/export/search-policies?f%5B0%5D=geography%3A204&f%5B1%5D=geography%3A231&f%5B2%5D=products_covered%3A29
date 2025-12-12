--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,239 +12,279 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,397 +548,442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1999</v>
+      </c>
+      <c r="I3">
+        <v>2000</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...186 lines deleted...]
-        <v>49</v>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>