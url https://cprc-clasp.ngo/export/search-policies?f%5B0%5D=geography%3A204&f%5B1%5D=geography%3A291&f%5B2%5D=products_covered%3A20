--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,152 +111,133 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...24 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...19 lines deleted...]
-    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
     <t>https://www.slbs.org/product/slns-93-2015/</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
     <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
@@ -593,51 +574,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="432.894" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -694,363 +675,311 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I4">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
-[...45 lines deleted...]
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">