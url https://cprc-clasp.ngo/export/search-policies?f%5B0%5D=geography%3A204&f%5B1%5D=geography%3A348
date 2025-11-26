--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,278 +12,348 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
+  </si>
+  <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -547,599 +617,674 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="111" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2005</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>33</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>33</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>31</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>31</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>65</v>
+      </c>
+      <c r="N10" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...15 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>31</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
-[...354 lines deleted...]
-        <v>62</v>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>