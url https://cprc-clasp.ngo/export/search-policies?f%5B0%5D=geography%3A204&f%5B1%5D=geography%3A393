--- v0 (2025-10-15)
+++ v1 (2026-03-06)
@@ -12,245 +12,286 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
+  </si>
+  <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -514,393 +555,438 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2011</v>
       </c>
-      <c r="H3"/>
-[...7 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="K7" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>37</v>
       </c>
-      <c r="F4" t="s">
-[...6 lines deleted...]
-      <c r="I4" t="s">
+      <c r="N7" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...130 lines deleted...]
-        <v>51</v>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>