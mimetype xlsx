--- v0 (2025-10-11)
+++ v1 (2026-03-09)
@@ -12,428 +12,582 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
+  </si>
+  <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -697,1235 +851,1392 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="514.303" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H3">
+      <c r="I5">
         <v>2014</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L3" t="s">
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2013</v>
       </c>
-      <c r="H4">
+      <c r="I7">
         <v>2014</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>56</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>64</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L4" t="s">
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...7 lines deleted...]
-      <c r="A5" t="s">
+      <c r="K9" t="s">
+        <v>56</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>33</v>
       </c>
-      <c r="B5" t="s">
-[...14 lines deleted...]
-      <c r="G5">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="H5">
+      <c r="I10">
         <v>2014</v>
       </c>
-      <c r="I5" t="s">
-[...8 lines deleted...]
-      <c r="L5" t="s">
+      <c r="J10" t="s">
         <v>23</v>
-      </c>
-[...212 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K10" t="s">
         <v>56</v>
       </c>
       <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>128</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>129</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>56</v>
+      </c>
+      <c r="L21" t="s">
+        <v>134</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>57</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F11" t="s">
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>140</v>
+      </c>
+      <c r="P22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>144</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...8 lines deleted...]
-      <c r="J11" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>145</v>
+      </c>
+      <c r="G23" t="s">
+        <v>146</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>147</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>148</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>151</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>144</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...5 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G24" t="s">
+        <v>146</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>153</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...31 lines deleted...]
-      <c r="J12" t="s">
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>148</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>154</v>
+      </c>
+      <c r="P24" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>144</v>
+      </c>
+      <c r="D25" t="s">
+        <v>106</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...5 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G25" t="s">
+        <v>146</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>153</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...31 lines deleted...]
-      <c r="J13" t="s">
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>148</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>158</v>
+      </c>
+      <c r="P25" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>160</v>
+      </c>
+      <c r="B26" t="s">
+        <v>161</v>
+      </c>
+      <c r="C26" t="s">
+        <v>144</v>
+      </c>
+      <c r="D26" t="s">
+        <v>80</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...5 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G26" t="s">
+        <v>146</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>147</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...551 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="N26" t="s">
-        <v>112</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>162</v>
+      </c>
+      <c r="P26" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>