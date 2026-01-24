--- v0 (2025-11-29)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="620">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1706,63 +1706,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -2299,51 +2302,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -6715,635 +6718,635 @@
       <c r="H90">
         <v>2008</v>
       </c>
       <c r="I90">
         <v>2011</v>
       </c>
       <c r="J90" t="s">
         <v>79</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
         <v>549</v>
       </c>
       <c r="M90" t="s">
         <v>544</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>550</v>
       </c>
       <c r="P90" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B91" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C91" t="s">
         <v>541</v>
       </c>
       <c r="D91" t="s">
         <v>524</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2009</v>
       </c>
       <c r="I91">
         <v>2011</v>
       </c>
       <c r="J91" t="s">
         <v>542</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M91" t="s">
         <v>544</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P91" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B92" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C92" t="s">
         <v>541</v>
       </c>
       <c r="D92" t="s">
         <v>524</v>
       </c>
       <c r="E92" t="s">
         <v>51</v>
       </c>
       <c r="F92" t="s">
         <v>42</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2007</v>
       </c>
       <c r="I92">
         <v>2011</v>
       </c>
       <c r="J92" t="s">
         <v>79</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="M92" t="s">
         <v>544</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="P92" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B93" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C93" t="s">
         <v>541</v>
       </c>
       <c r="D93" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="G93" t="s">
         <v>61</v>
       </c>
       <c r="H93">
         <v>2007</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>542</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="M93" t="s">
         <v>544</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="P93" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B94" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C94" t="s">
         <v>541</v>
       </c>
       <c r="D94" t="s">
         <v>193</v>
       </c>
       <c r="E94" t="s">
         <v>51</v>
       </c>
       <c r="F94" t="s">
         <v>42</v>
       </c>
       <c r="G94" t="s">
         <v>61</v>
       </c>
       <c r="H94">
         <v>2007</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>79</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M94" t="s">
         <v>544</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="P94" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B95" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C95" t="s">
         <v>541</v>
       </c>
       <c r="D95" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>61</v>
       </c>
       <c r="H95">
         <v>2007</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>542</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M95" t="s">
         <v>544</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="P95" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B96" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C96" t="s">
         <v>541</v>
       </c>
       <c r="D96" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E96" t="s">
         <v>51</v>
       </c>
       <c r="F96" t="s">
         <v>42</v>
       </c>
       <c r="G96" t="s">
         <v>61</v>
       </c>
       <c r="H96">
         <v>2009</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>79</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="M96" t="s">
         <v>544</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="P96" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B97" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C97" t="s">
         <v>541</v>
       </c>
       <c r="D97" t="s">
         <v>325</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>61</v>
       </c>
       <c r="H97">
         <v>2009</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>542</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="M97" t="s">
         <v>544</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="P97" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B98" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C98" t="s">
         <v>541</v>
       </c>
       <c r="D98" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2014</v>
       </c>
       <c r="I98">
         <v>2018</v>
       </c>
       <c r="J98" t="s">
         <v>542</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M98" t="s">
         <v>544</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="P98" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B99" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E99" t="s">
         <v>51</v>
       </c>
       <c r="F99" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G99" t="s">
         <v>61</v>
       </c>
       <c r="H99">
         <v>2007</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="K99" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="L99" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="M99" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N99" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O99" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="P99" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B100" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C100" t="s">
         <v>18</v>
       </c>
       <c r="D100" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E100" t="s">
         <v>51</v>
       </c>
       <c r="F100" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G100" t="s">
         <v>61</v>
       </c>
       <c r="H100">
         <v>2009</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="K100" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="L100" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="M100" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N100" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O100" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="P100" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B101" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E101" t="s">
         <v>51</v>
       </c>
       <c r="F101" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2018</v>
       </c>
       <c r="I101">
         <v>2018</v>
       </c>
       <c r="J101" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="K101" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="L101" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="M101" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N101" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O101" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P101" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B102" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E102" t="s">
         <v>51</v>
       </c>
       <c r="F102" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G102" t="s">
         <v>61</v>
       </c>
       <c r="H102">
         <v>2014</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="K102" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="L102" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M102" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N102" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="O102" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="P102" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">