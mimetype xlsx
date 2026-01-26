--- v0 (2025-11-15)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="483">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="484">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1286,63 +1286,66 @@
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -1882,51 +1885,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -4944,635 +4947,635 @@
       <c r="H62">
         <v>2008</v>
       </c>
       <c r="I62">
         <v>2011</v>
       </c>
       <c r="J62" t="s">
         <v>79</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
         <v>411</v>
       </c>
       <c r="M62" t="s">
         <v>406</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>412</v>
       </c>
       <c r="P62" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B63" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C63" t="s">
         <v>403</v>
       </c>
       <c r="D63" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2009</v>
       </c>
       <c r="I63">
         <v>2011</v>
       </c>
       <c r="J63" t="s">
         <v>404</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="M63" t="s">
         <v>406</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P63" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B64" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C64" t="s">
         <v>403</v>
       </c>
       <c r="D64" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E64" t="s">
         <v>51</v>
       </c>
       <c r="F64" t="s">
         <v>42</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2007</v>
       </c>
       <c r="I64">
         <v>2011</v>
       </c>
       <c r="J64" t="s">
         <v>79</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="M64" t="s">
         <v>406</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P64" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B65" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C65" t="s">
         <v>403</v>
       </c>
       <c r="D65" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G65" t="s">
         <v>61</v>
       </c>
       <c r="H65">
         <v>2007</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>404</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M65" t="s">
         <v>406</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P65" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B66" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C66" t="s">
         <v>403</v>
       </c>
       <c r="D66" t="s">
         <v>193</v>
       </c>
       <c r="E66" t="s">
         <v>51</v>
       </c>
       <c r="F66" t="s">
         <v>42</v>
       </c>
       <c r="G66" t="s">
         <v>61</v>
       </c>
       <c r="H66">
         <v>2007</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>79</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M66" t="s">
         <v>406</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="P66" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B67" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C67" t="s">
         <v>403</v>
       </c>
       <c r="D67" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>61</v>
       </c>
       <c r="H67">
         <v>2007</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>404</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M67" t="s">
         <v>406</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P67" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B68" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C68" t="s">
         <v>403</v>
       </c>
       <c r="D68" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E68" t="s">
         <v>51</v>
       </c>
       <c r="F68" t="s">
         <v>42</v>
       </c>
       <c r="G68" t="s">
         <v>61</v>
       </c>
       <c r="H68">
         <v>2009</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>79</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="M68" t="s">
         <v>406</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P68" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C69" t="s">
         <v>403</v>
       </c>
       <c r="D69" t="s">
         <v>325</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>61</v>
       </c>
       <c r="H69">
         <v>2009</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>404</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="M69" t="s">
         <v>406</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="P69" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B70" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C70" t="s">
         <v>403</v>
       </c>
       <c r="D70" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2014</v>
       </c>
       <c r="I70">
         <v>2018</v>
       </c>
       <c r="J70" t="s">
         <v>404</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M70" t="s">
         <v>406</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P70" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B71" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C71" t="s">
         <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E71" t="s">
         <v>51</v>
       </c>
       <c r="F71" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G71" t="s">
         <v>61</v>
       </c>
       <c r="H71">
         <v>2007</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K71" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="L71" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="M71" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="N71" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="O71" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="P71" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E72" t="s">
         <v>51</v>
       </c>
       <c r="F72" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G72" t="s">
         <v>61</v>
       </c>
       <c r="H72">
         <v>2009</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K72" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="L72" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M72" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="N72" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="O72" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P72" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B73" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E73" t="s">
         <v>51</v>
       </c>
       <c r="F73" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2018</v>
       </c>
       <c r="I73">
         <v>2018</v>
       </c>
       <c r="J73" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K73" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="L73" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M73" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="N73" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="O73" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P73" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B74" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E74" t="s">
         <v>51</v>
       </c>
       <c r="F74" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G74" t="s">
         <v>61</v>
       </c>
       <c r="H74">
         <v>2014</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K74" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="L74" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M74" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="N74" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="O74" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P74" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">