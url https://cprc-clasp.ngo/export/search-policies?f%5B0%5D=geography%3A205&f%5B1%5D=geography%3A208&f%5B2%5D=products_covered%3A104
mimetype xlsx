--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -207,50 +207,53 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
     <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -264,53 +267,50 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
@@ -723,50 +723,68 @@
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
     <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
 dwelling unit conversions that do not meet the definition of newly constructed that
 include the installation of a new or replacement, upgrade or relocation of an existing air
 conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
   </si>
   <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
     <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
     <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
   </si>
@@ -1205,65 +1223,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P40"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1497,217 +1515,217 @@
       </c>
       <c r="P5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>63</v>
       </c>
       <c r="D6" t="s">
         <v>64</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2016</v>
       </c>
       <c r="J6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2017</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>83</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9" t="s">
         <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
         <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>86</v>
       </c>
       <c r="P9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>90</v>
       </c>
       <c r="D10" t="s">
         <v>91</v>
       </c>
       <c r="E10" t="s">
@@ -2160,51 +2178,51 @@
       </c>
       <c r="M19" t="s">
         <v>139</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>156</v>
       </c>
       <c r="P19" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>158</v>
       </c>
       <c r="B20" t="s">
         <v>159</v>
       </c>
       <c r="C20" t="s">
         <v>135</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>83</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1996</v>
       </c>
       <c r="I20">
         <v>2015</v>
       </c>
       <c r="J20" t="s">
         <v>137</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
         <v>160</v>
       </c>
@@ -2304,51 +2322,51 @@
       <c r="L22"/>
       <c r="M22" t="s">
         <v>172</v>
       </c>
       <c r="N22" t="s">
         <v>58</v>
       </c>
       <c r="O22" t="s">
         <v>173</v>
       </c>
       <c r="P22" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>175</v>
       </c>
       <c r="B23" t="s">
         <v>176</v>
       </c>
       <c r="C23" t="s">
         <v>177</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
         <v>44</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>178</v>
@@ -2452,117 +2470,117 @@
       </c>
       <c r="M25" t="s">
         <v>194</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>195</v>
       </c>
       <c r="P25" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>197</v>
       </c>
       <c r="B26" t="s">
         <v>198</v>
       </c>
       <c r="C26" t="s">
         <v>191</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2009</v>
       </c>
       <c r="I26">
         <v>2012</v>
       </c>
       <c r="J26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>194</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>199</v>
       </c>
       <c r="P26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>197</v>
       </c>
       <c r="B27" t="s">
         <v>30</v>
       </c>
       <c r="C27" t="s">
         <v>191</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2010</v>
       </c>
       <c r="I27">
         <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
         <v>35</v>
       </c>
       <c r="M27" t="s">
         <v>194</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>201</v>
       </c>
       <c r="P27" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>202</v>
       </c>
       <c r="B28" t="s">
@@ -2596,111 +2614,111 @@
       <c r="L28"/>
       <c r="M28" t="s">
         <v>186</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>205</v>
       </c>
       <c r="P28" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>207</v>
       </c>
       <c r="B29" t="s">
         <v>208</v>
       </c>
       <c r="C29" t="s">
         <v>209</v>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>115</v>
       </c>
       <c r="G29" t="s">
         <v>107</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>92</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>210</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>211</v>
       </c>
       <c r="P29" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>207</v>
       </c>
       <c r="B30" t="s">
         <v>213</v>
       </c>
       <c r="C30" t="s">
         <v>214</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>115</v>
       </c>
       <c r="G30" t="s">
         <v>55</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
         <v>215</v>
       </c>
       <c r="M30" t="s">
         <v>216</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>217</v>
       </c>
       <c r="P30" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>219</v>
       </c>
       <c r="B31" t="s">
@@ -2734,51 +2752,51 @@
       <c r="L31"/>
       <c r="M31" t="s">
         <v>93</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>221</v>
       </c>
       <c r="P31" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>223</v>
       </c>
       <c r="B32" t="s">
         <v>224</v>
       </c>
       <c r="C32" t="s">
         <v>225</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E32" t="s">
         <v>42</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
         <v>44</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
         <v>226</v>
       </c>
@@ -2823,372 +2841,416 @@
       <c r="I33"/>
       <c r="J33" t="s">
         <v>233</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>166</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>234</v>
       </c>
       <c r="P33" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>235</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B34"/>
       <c r="C34" t="s">
-        <v>106</v>
+        <v>165</v>
       </c>
       <c r="D34" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G34" t="s">
-        <v>55</v>
+        <v>236</v>
       </c>
       <c r="H34">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>56</v>
+        <v>237</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N34" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B35" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C35" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="D35" t="s">
-        <v>242</v>
+        <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>54</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H35">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
         <v>56</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>243</v>
       </c>
       <c r="N35" t="s">
         <v>58</v>
       </c>
       <c r="O35" t="s">
         <v>244</v>
       </c>
       <c r="P35" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>246</v>
       </c>
       <c r="B36" t="s">
         <v>247</v>
       </c>
       <c r="C36" t="s">
+        <v>52</v>
+      </c>
+      <c r="D36" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G36" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="I36"/>
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1982</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
       <c r="J36" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>249</v>
       </c>
       <c r="N36" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="O36" t="s">
         <v>250</v>
       </c>
       <c r="P36" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>252</v>
       </c>
       <c r="B37" t="s">
         <v>253</v>
       </c>
       <c r="C37" t="s">
-        <v>177</v>
+        <v>254</v>
       </c>
       <c r="D37" t="s">
-        <v>254</v>
+        <v>78</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="H37"/>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>255</v>
+        <v>44</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
+        <v>255</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
         <v>256</v>
       </c>
-      <c r="N37" t="s">
-[...2 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>258</v>
+      </c>
+      <c r="B38" t="s">
         <v>259</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
+        <v>177</v>
+      </c>
+      <c r="D38" t="s">
         <v>260</v>
       </c>
-      <c r="C38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="G38" t="s">
         <v>55</v>
       </c>
       <c r="H38">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
+        <v>262</v>
+      </c>
+      <c r="N38" t="s">
+        <v>36</v>
+      </c>
+      <c r="O38" t="s">
         <v>263</v>
       </c>
-      <c r="N38" t="s">
-[...2 lines deleted...]
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>265</v>
+      </c>
+      <c r="B39" t="s">
         <v>266</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>267</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>268</v>
       </c>
-      <c r="D39" t="s">
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
         <v>269</v>
-      </c>
-[...25 lines deleted...]
-        <v>271</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="P39" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>272</v>
+      </c>
+      <c r="B40" t="s">
+        <v>273</v>
+      </c>
+      <c r="C40" t="s">
         <v>274</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
         <v>275</v>
       </c>
-      <c r="C40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
         <v>2014</v>
       </c>
-      <c r="I40">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>276</v>
+      </c>
       <c r="M40" t="s">
-        <v>227</v>
+        <v>277</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P40" t="s">
-        <v>278</v>
+        <v>279</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>280</v>
+      </c>
+      <c r="B41" t="s">
+        <v>281</v>
+      </c>
+      <c r="C41" t="s">
+        <v>225</v>
+      </c>
+      <c r="D41" t="s">
+        <v>282</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>137</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>227</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>283</v>
+      </c>
+      <c r="P41" t="s">
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">