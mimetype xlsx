--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -176,126 +176,129 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>10 CFR 431.106</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solar</t>
+  </si>
+  <si>
+    <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
+    <t>Green Building Reach Codes for Home Renovation</t>
+  </si>
+  <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning, Water Heating</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...73 lines deleted...]
-    <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
     <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
@@ -1165,406 +1168,406 @@
       </c>
       <c r="P7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
       <c r="C8" t="s">
         <v>77</v>
       </c>
       <c r="D8" t="s">
         <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>79</v>
       </c>
       <c r="G8" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="H8">
         <v>2022</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D9" t="s">
         <v>62</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="H9">
         <v>2022</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
         <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2018</v>
       </c>
       <c r="I14">
         <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G15" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">