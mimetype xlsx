--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -149,51 +149,51 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
   </si>